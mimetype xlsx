--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -2,60 +2,61 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\MCC\MKG\Produits\Fiches techniques_Decriptifs produits\Supports de vente\Prévoyance individuelle\Rente viagère\Fiscalité_RV_Site RP\202409\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\APPROCHE_CLIENT\Gestion_portefeuille_produit\2_Calculateurs_internes\2_3P_PLP\3_Rentes_viageres\Fiscalité_RV_Site RP\202409\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E33B201D-41C5-4D02-A525-4BFE2F19BB80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{209F96DA-1111-4260-9C2A-E717D8E16E7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="1Duu4jgvIvlGXmXWTRYDQBvjGEpKk5h/meKng+Rq7m9FQA54VFtxwnSGd0naPxEeYZhi7VGX3U9AQBd3QBM2AQ==" workbookSaltValue="ZmToiWWr1j35UyQr+Wef5g==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" tabRatio="763" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-1995" windowWidth="29040" windowHeight="17520" tabRatio="763" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LPP_Rente viagère 3b" sheetId="18" r:id="rId1"/>
     <sheet name="Fiscalité RV" sheetId="13" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -919,1436 +920,1450 @@
   </protectedRanges>
   <mergeCells count="6">
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B20:E20"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0" right="0" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L&amp;G
 &amp;R
 </oddHeader>
     <oddFooter>&amp;CCaroline 9 ● CP 288 ● 1001 Lausanne ● 021 348 21 11 ● retraitespopulaires.ch ● Réception 8h-16h30</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E28CDEC-D7F7-4F57-8D07-2E6F1576D343}">
   <sheetPr codeName="Feuil4"/>
-  <dimension ref="B6:E106"/>
+  <dimension ref="B6:E107"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="2:5" ht="26.25" x14ac:dyDescent="0.4">
       <c r="B6" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="36"/>
       <c r="D6" s="36"/>
       <c r="E6" s="36"/>
     </row>
     <row r="8" spans="2:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B9" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C9" s="4">
         <v>3.5000000000000001E-3</v>
       </c>
       <c r="D9" s="10">
         <v>0.04</v>
       </c>
       <c r="E9" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="10" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B10" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C10" s="4">
-        <v>5.0000000000000001E-4</v>
+        <v>3.5000000000000001E-3</v>
       </c>
       <c r="D10" s="10">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
       <c r="E10" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="11" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B11" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C11" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D11" s="10">
         <v>0.01</v>
       </c>
       <c r="E11" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="12" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B12" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C12" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D12" s="10">
         <v>0.01</v>
       </c>
       <c r="E12" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="13" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B13" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C13" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D13" s="10">
         <v>0.01</v>
       </c>
       <c r="E13" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="14" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B14" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C14" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D14" s="10">
         <v>0.01</v>
       </c>
       <c r="E14" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="15" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B15" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C15" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D15" s="10">
         <v>0.01</v>
       </c>
       <c r="E15" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="16" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B16" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C16" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D16" s="10">
         <v>0.01</v>
       </c>
       <c r="E16" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="17" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B17" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C17" s="4">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="D17" s="10">
         <v>0.01</v>
       </c>
       <c r="E17" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B18" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C18" s="4">
-        <v>5.0000000000000001E-3</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="D18" s="10">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
       <c r="E18" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B19" s="2">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>1.2500000000000001E-2</v>
+        <v>2016</v>
+      </c>
+      <c r="C19" s="4">
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="D19" s="10">
-        <v>0.14000000000000001</v>
+        <v>0.06</v>
       </c>
       <c r="E19" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B20" s="2">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C20" s="3">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="D20" s="10">
         <v>0.14000000000000001</v>
       </c>
       <c r="E20" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B21" s="2">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C21" s="3">
-        <v>1.4999999999999999E-2</v>
+        <v>1.2500000000000001E-2</v>
       </c>
       <c r="D21" s="10">
-        <v>0.17</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="E21" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B22" s="2">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C22" s="3">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="D22" s="10">
         <v>0.17</v>
       </c>
       <c r="E22" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B23" s="2">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="C23" s="3">
-        <v>1.7500000000000002E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="D23" s="10">
-        <v>0.19</v>
+        <v>0.17</v>
       </c>
       <c r="E23" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B24" s="2">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C24" s="3">
         <v>1.7500000000000002E-2</v>
       </c>
       <c r="D24" s="10">
         <v>0.19</v>
       </c>
       <c r="E24" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="25" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B25" s="2">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C25" s="3">
-        <v>0.02</v>
+        <v>1.7500000000000002E-2</v>
       </c>
       <c r="D25" s="10">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
       <c r="E25" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="26" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B26" s="2">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C26" s="3">
         <v>0.02</v>
       </c>
       <c r="D26" s="10">
         <v>0.21</v>
       </c>
       <c r="E26" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="27" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B27" s="2">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C27" s="3">
         <v>0.02</v>
       </c>
       <c r="D27" s="10">
         <v>0.21</v>
       </c>
       <c r="E27" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="28" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B28" s="2">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C28" s="3">
         <v>0.02</v>
       </c>
       <c r="D28" s="10">
         <v>0.21</v>
       </c>
       <c r="E28" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="29" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B29" s="2">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C29" s="3">
-        <v>2.2499999999999999E-2</v>
+        <v>0.02</v>
       </c>
       <c r="D29" s="10">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
       <c r="E29" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="30" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B30" s="2">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="C30" s="3">
         <v>2.2499999999999999E-2</v>
       </c>
       <c r="D30" s="10">
         <v>0.24</v>
       </c>
       <c r="E30" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="31" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B31" s="2">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="C31" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>2.2499999999999999E-2</v>
       </c>
       <c r="D31" s="10">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
       <c r="E31" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="32" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B32" s="2">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="C32" s="3">
-        <v>2.75E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="D32" s="10">
-        <v>0.28000000000000003</v>
+        <v>0.26</v>
       </c>
       <c r="E32" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B33" s="2">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C33" s="3">
         <v>2.75E-2</v>
       </c>
       <c r="D33" s="10">
         <v>0.28000000000000003</v>
       </c>
       <c r="E33" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="34" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B34" s="2">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="C34" s="3">
-        <v>0.03</v>
+        <v>2.75E-2</v>
       </c>
       <c r="D34" s="10">
-        <v>0.3</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E34" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="35" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B35" s="2">
-        <v>1999</v>
-[...5 lines deleted...]
-        <v>0.32</v>
+        <v>2000</v>
+      </c>
+      <c r="C35" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="D35" s="10">
+        <v>0.3</v>
       </c>
       <c r="E35" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="36" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B36" s="2">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="C36" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D36" s="7">
         <v>0.32</v>
       </c>
       <c r="E36" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="37" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B37" s="2">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C37" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D37" s="7">
         <v>0.32</v>
       </c>
       <c r="E37" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="38" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B38" s="2">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C38" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D38" s="7">
         <v>0.32</v>
       </c>
       <c r="E38" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B39" s="2">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="C39" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D39" s="7">
         <v>0.32</v>
       </c>
       <c r="E39" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="40" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B40" s="2">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="C40" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D40" s="7">
         <v>0.32</v>
       </c>
       <c r="E40" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="41" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B41" s="2">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="C41" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D41" s="7">
         <v>0.32</v>
       </c>
       <c r="E41" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="42" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B42" s="2">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="C42" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D42" s="7">
         <v>0.32</v>
       </c>
       <c r="E42" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="43" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B43" s="2">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="C43" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D43" s="7">
         <v>0.32</v>
       </c>
       <c r="E43" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="44" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B44" s="2">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="C44" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D44" s="7">
         <v>0.32</v>
       </c>
       <c r="E44" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="45" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B45" s="2">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C45" s="7">
-        <v>0.03</v>
+        <v>3.2500000000000001E-2</v>
       </c>
       <c r="D45" s="7">
-        <v>0.3</v>
+        <v>0.32</v>
       </c>
       <c r="E45" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="46" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B46" s="2">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="C46" s="7">
         <v>0.03</v>
       </c>
       <c r="D46" s="7">
         <v>0.3</v>
       </c>
       <c r="E46" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="47" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B47" s="2">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="C47" s="7">
         <v>0.03</v>
       </c>
       <c r="D47" s="7">
         <v>0.3</v>
       </c>
       <c r="E47" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="48" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B48" s="2">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="C48" s="7">
         <v>0.03</v>
       </c>
       <c r="D48" s="7">
         <v>0.3</v>
       </c>
       <c r="E48" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="49" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B49" s="2">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C49" s="7">
         <v>0.03</v>
       </c>
       <c r="D49" s="7">
         <v>0.3</v>
       </c>
       <c r="E49" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="50" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B50" s="2">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="C50" s="7">
         <v>0.03</v>
       </c>
       <c r="D50" s="7">
         <v>0.3</v>
       </c>
       <c r="E50" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="51" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B51" s="2">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C51" s="7">
         <v>0.03</v>
       </c>
       <c r="D51" s="7">
         <v>0.3</v>
       </c>
       <c r="E51" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="52" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B52" s="2">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="C52" s="7">
         <v>0.03</v>
       </c>
       <c r="D52" s="7">
         <v>0.3</v>
       </c>
       <c r="E52" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="53" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B53" s="2">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C53" s="7">
         <v>0.03</v>
       </c>
       <c r="D53" s="7">
         <v>0.3</v>
       </c>
       <c r="E53" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="54" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B54" s="2">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="C54" s="7">
         <v>0.03</v>
       </c>
       <c r="D54" s="7">
         <v>0.3</v>
       </c>
       <c r="E54" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="55" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B55" s="2">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="C55" s="7">
-        <v>3.2500000000000001E-2</v>
+        <v>0.03</v>
       </c>
       <c r="D55" s="7">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="E55" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="56" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B56" s="2">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C56" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D56" s="7">
         <v>0.32</v>
       </c>
       <c r="E56" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="57" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B57" s="2">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="C57" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D57" s="7">
         <v>0.32</v>
       </c>
       <c r="E57" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="58" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B58" s="2">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C58" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D58" s="7">
         <v>0.32</v>
       </c>
       <c r="E58" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="59" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B59" s="2">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="C59" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D59" s="7">
         <v>0.32</v>
       </c>
       <c r="E59" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="60" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B60" s="2">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="C60" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D60" s="7">
         <v>0.32</v>
       </c>
       <c r="E60" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="61" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B61" s="2">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C61" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D61" s="7">
         <v>0.32</v>
       </c>
       <c r="E61" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="62" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B62" s="2">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C62" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D62" s="7">
         <v>0.32</v>
       </c>
       <c r="E62" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="63" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B63" s="2">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="C63" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D63" s="7">
         <v>0.32</v>
       </c>
       <c r="E63" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="64" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B64" s="2">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C64" s="7">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="D64" s="7">
         <v>0.32</v>
       </c>
       <c r="E64" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="65" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B65" s="2">
-        <v>1969</v>
-[...5 lines deleted...]
-        <v>0.26</v>
+        <v>1970</v>
+      </c>
+      <c r="C65" s="7">
+        <v>3.2500000000000001E-2</v>
+      </c>
+      <c r="D65" s="7">
+        <v>0.32</v>
       </c>
       <c r="E65" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="66" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B66" s="2">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="C66" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D66" s="8">
         <v>0.26</v>
       </c>
       <c r="E66" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="67" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B67" s="2">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="C67" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D67" s="8">
         <v>0.26</v>
       </c>
       <c r="E67" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="68" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B68" s="2">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C68" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D68" s="8">
         <v>0.26</v>
       </c>
       <c r="E68" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="69" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B69" s="2">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="C69" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D69" s="8">
         <v>0.26</v>
       </c>
       <c r="E69" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="70" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B70" s="2">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="C70" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D70" s="8">
         <v>0.26</v>
       </c>
       <c r="E70" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="71" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B71" s="2">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="C71" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D71" s="8">
         <v>0.26</v>
       </c>
       <c r="E71" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="72" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B72" s="2">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="C72" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D72" s="8">
         <v>0.26</v>
       </c>
       <c r="E72" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="73" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B73" s="2">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="C73" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D73" s="8">
         <v>0.26</v>
       </c>
       <c r="E73" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="74" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B74" s="2">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C74" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D74" s="8">
         <v>0.26</v>
       </c>
       <c r="E74" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="75" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B75" s="2">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="C75" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D75" s="8">
         <v>0.26</v>
       </c>
       <c r="E75" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="76" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B76" s="2">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="C76" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D76" s="8">
         <v>0.26</v>
       </c>
       <c r="E76" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="77" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B77" s="2">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="C77" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D77" s="8">
         <v>0.26</v>
       </c>
       <c r="E77" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="78" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B78" s="2">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C78" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D78" s="8">
         <v>0.26</v>
       </c>
       <c r="E78" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="79" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B79" s="2">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C79" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D79" s="8">
         <v>0.26</v>
       </c>
       <c r="E79" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="80" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B80" s="2">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="C80" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D80" s="8">
         <v>0.26</v>
       </c>
       <c r="E80" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="81" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B81" s="2">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="C81" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D81" s="8">
         <v>0.26</v>
       </c>
       <c r="E81" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="82" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B82" s="2">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C82" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D82" s="8">
         <v>0.26</v>
       </c>
       <c r="E82" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="83" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B83" s="2">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="C83" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D83" s="8">
         <v>0.26</v>
       </c>
       <c r="E83" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="84" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B84" s="2">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="C84" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D84" s="8">
         <v>0.26</v>
       </c>
       <c r="E84" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="85" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B85" s="2">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="C85" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D85" s="8">
         <v>0.26</v>
       </c>
       <c r="E85" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="86" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B86" s="2">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C86" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D86" s="8">
         <v>0.26</v>
       </c>
       <c r="E86" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="87" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B87" s="2">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="C87" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D87" s="8">
         <v>0.26</v>
       </c>
       <c r="E87" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="88" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B88" s="2">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="C88" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D88" s="8">
         <v>0.26</v>
       </c>
       <c r="E88" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="89" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B89" s="2">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C89" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D89" s="8">
         <v>0.26</v>
       </c>
       <c r="E89" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="90" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B90" s="2">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="C90" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D90" s="8">
         <v>0.26</v>
       </c>
       <c r="E90" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="91" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B91" s="2">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C91" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D91" s="8">
         <v>0.26</v>
       </c>
       <c r="E91" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="92" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B92" s="2">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="C92" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D92" s="8">
         <v>0.26</v>
       </c>
       <c r="E92" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="93" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B93" s="2">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="C93" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D93" s="8">
         <v>0.26</v>
       </c>
       <c r="E93" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="94" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B94" s="2">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C94" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D94" s="8">
         <v>0.26</v>
       </c>
       <c r="E94" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="95" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B95" s="2">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C95" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D95" s="8">
         <v>0.26</v>
       </c>
       <c r="E95" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="96" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B96" s="2">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="C96" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D96" s="8">
         <v>0.26</v>
       </c>
       <c r="E96" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="97" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B97" s="2">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="C97" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D97" s="8">
         <v>0.26</v>
       </c>
       <c r="E97" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="98" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B98" s="2">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C98" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D98" s="8">
         <v>0.26</v>
       </c>
       <c r="E98" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="99" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B99" s="2">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="C99" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D99" s="8">
         <v>0.26</v>
       </c>
       <c r="E99" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="100" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B100" s="2">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="C100" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D100" s="8">
         <v>0.26</v>
       </c>
       <c r="E100" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="101" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B101" s="2">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="C101" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D101" s="8">
         <v>0.26</v>
       </c>
       <c r="E101" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="102" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B102" s="2">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="C102" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D102" s="8">
         <v>0.26</v>
       </c>
       <c r="E102" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="103" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B103" s="2">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="C103" s="8">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="D103" s="8">
         <v>0.26</v>
       </c>
       <c r="E103" s="9">
         <v>0.7</v>
       </c>
     </row>
     <row r="104" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B104" s="2">
+        <v>1931</v>
+      </c>
+      <c r="C104" s="8">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D104" s="8">
+        <v>0.26</v>
+      </c>
+      <c r="E104" s="9">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="105" spans="2:5" x14ac:dyDescent="0.2">
+      <c r="B105" s="2">
         <v>1930</v>
       </c>
-      <c r="C104" s="8">
-[...10 lines deleted...]
-      <c r="B106" s="1"/>
+      <c r="C105" s="8">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="D105" s="8">
+        <v>0.26</v>
+      </c>
+      <c r="E105" s="9">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="107" spans="2:5" x14ac:dyDescent="0.2">
+      <c r="B107" s="1"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B10:E95">
-    <sortCondition descending="1" ref="B10:B95"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B11:E96">
+    <sortCondition descending="1" ref="B11:B96"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="B6:E6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">